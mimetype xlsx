--- v0 (2025-12-16)
+++ v1 (2026-03-21)
@@ -54,63 +54,63 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Vânia Barba</t>
   </si>
   <si>
-    <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2173/req_150_apoio_centro_cidadao_camara_vereadora_vania_barba-5_assinado.pdf</t>
+    <t>http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2173/req_150_apoio_centro_cidadao_camara_vereadora_vania_barba-5_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado Ofício ao Exmo. Sr. Vereador Marcelo Bezerra Presidente da Câmara Municipal de Bananeiras , solicitando a destinação de espaço físico permanente na sede da Câmara Municipal de Bananeiras – Casa Odon Bezerra – para funcionar como ponto de apoio aos serviços de cidadania, especialmente no atendimento à emissão de documentos essenciais como Registro Geral (RG) e Cadastro de Pessoa Física (CPF), deste município.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2174/req_151_acoes_casa_da_cidadania_vereadora_vania_barba_assinado.pdf</t>
+    <t>http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2174/req_151_acoes_casa_da_cidadania_vereadora_vania_barba_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado Ofício ao Exmo. Sr. Secretário de Estado do Desenvolvimento Humano da Paraíba, solicitando requerer as ações de tendas dos serviços da Casa da Cidadania nos seguintes distritos: Tabuleiro, Vila Maia, Roma, Cidade Alta e Cidade Baixa, todos pertencentes ao território municipal de Bananeiras.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -417,67 +417,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2173/req_150_apoio_centro_cidadao_camara_vereadora_vania_barba-5_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2174/req_151_acoes_casa_da_cidadania_vereadora_vania_barba_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2173/req_150_apoio_centro_cidadao_camara_vereadora_vania_barba-5_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2174/req_151_acoes_casa_da_cidadania_vereadora_vania_barba_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>