--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Antonio Marques</t>
   </si>
   <si>
-    <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2167/req_146-2025-antonio-_assinado.pdf</t>
+    <t>http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2167/req_146-2025-antonio-_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando um estudo de viabilidade econômica, visando implantar gratificação de produtividade aos servidores lotados na Secretaria de Receita do município de Bananeiras, conforme a Lei nº 472-2010.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2167/req_146-2025-antonio-_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2167/req_146-2025-antonio-_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="227.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>