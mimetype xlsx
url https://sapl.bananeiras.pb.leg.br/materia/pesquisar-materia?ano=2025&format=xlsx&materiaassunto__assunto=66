--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="34">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -91,50 +91,74 @@
     <t>Marcelo Bezerra</t>
   </si>
   <si>
     <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2121/mocao_de_pesar_02-2025_-_assinada.pdf</t>
   </si>
   <si>
     <t>Os vereadores, abaixo assinado requerem a Vossa Excelência ouvida a Casa, e na forma Regimental dessa Casa de Leis, nos termos do artigo 130, vem propor MOÇÃO DE PESAR pelo falecimento da Senhora “GEANE MUNIZ RIBEIRO PATRICIO”, ocorrido em 03 de maio do corrente ano.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Todos Vereadores</t>
   </si>
   <si>
     <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2135/mocao_de_pesar_n_03-2025_-_ze_candu.pdf</t>
   </si>
   <si>
     <t>Os Vereadores, abaixo assinado requerem a Vossa Excelência ouvida a_x000D_
 Casa, e na forma Regimental dessa Casa de Leis, nos termos do artigo 130, vem_x000D_
 propor MOÇÃO DE PESAR pelo falecimento do senhor “José de Andrade_x000D_
 Teixeira”, ocorrido em 10 de junho do corrente ano.</t>
+  </si>
+  <si>
+    <t>2168</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2168/mocao_de_pesar_n05-2025.pdf</t>
+  </si>
+  <si>
+    <t>O vereador, abaixo assinado requer a Vossa Excelência ouvida a Casa, e na forma Regimental dessa Casa de Leis, nos termos do artigo 130, vem propor MOÇÃO DE PESAR pelo falecimento do Senhor “EXPEDITO LUIS DO NASCIMENTO”, ocorrido em 06 de outubro do corrente ano.</t>
+  </si>
+  <si>
+    <t>2169</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2169/mocao_de_pesar_n06-2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores, abaixo assinado requerem a Vossa Excelência ouvida a Casa, e na forma Regimental dessa Casa de Leis, nos termos do artigo 130, vem propor MOÇÃO DE PESAR pelo falecimento do Senhor “VALDEMAR REINALDO DE ARAÚJO”, ocorrido em 13 de outubro do corrente ano.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -438,68 +462,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2065/mdp_xx_2025-vital_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2121/mocao_de_pesar_02-2025_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2135/mocao_de_pesar_n_03-2025_-_ze_candu.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2065/mdp_xx_2025-vital_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2121/mocao_de_pesar_02-2025_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2135/mocao_de_pesar_n_03-2025_-_ze_candu.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2168/mocao_de_pesar_n05-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2169/mocao_de_pesar_n06-2025_-_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="114.140625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="248.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="250.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -560,57 +584,111 @@
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>