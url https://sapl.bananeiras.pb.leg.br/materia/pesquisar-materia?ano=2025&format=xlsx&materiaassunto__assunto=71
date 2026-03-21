--- v0 (2025-10-06)
+++ v1 (2026-03-21)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Elielson da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2073/documento_92_assinado.pdf</t>
+    <t>http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2073/documento_92_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando empenho no sentido de construir ou instalar uma Unidade do Programa Saúde da Família (PSF) na região do Sítio Estivas, neste Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,67 +405,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2073/documento_92_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bananeiras.pb.leg.br/media/sapl/public/materialegislativa/2025/2073/documento_92_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="181.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>