--- v0 (2025-10-05)
+++ v1 (2025-12-14)
@@ -10,116 +10,182 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="44">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
+    <t>Requerimento nº 134 de 2025</t>
+  </si>
+  <si>
+    <t>Vânia Barba</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado Ofício ao Exmo. Sr. Prefeito, solicitando a construção de um cemitério no Distrito do Taboleiro, deste município.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa na Ordem do Dia</t>
+  </si>
+  <si>
+    <t>Requerimento nº 135 de 2025</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado Ofício ao Exmo. Sr. Prefeito, solicitando a realização de reformas e melhorias no Ginásio localizado no Distrito do Tabuleiro, deste município.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 136 de 2025</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado Ofício ao Exmo. Sr. Prefeito, solicitando a instalação de duas caixas d’água na comunidade Sítio Caboclo, deste município.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 137 de 2025</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado Ofício ao Exmo. Sr. Prefeito, solicitando a instalação de uma caixa d’água no Jaracatiá ao lado da residência de Dona Erivalda, deste município.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 138 de 2025</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado Ofício ao Exmo. Sr. Prefeito, solicitando a reforma e revitalização da Escola Municipal Major Augusto Bezerra localizada no Sítio Caboclo, deste município.</t>
+  </si>
+  <si>
     <t>Requerimento nº 140 de 2025</t>
   </si>
   <si>
     <t>Elielson da Silva</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Exmo.sr.prefeito,  solicitando a capacitação em Libras dos servidores públicos municipais que exerce funções de atendimento a população,  a fim de que pudessem garantir o atendimento eficiente e igualitário, sem constrangimentos entre ambos, a pessoa com deficiência auditiva e o ouvinte.</t>
   </si>
   <si>
-    <t>Proposição inclusa na Ordem do Dia</t>
-[...1 lines deleted...]
-  <si>
     <t>Requerimento nº 141 de 2025</t>
   </si>
   <si>
     <t>Antonio Marques</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando do mesmo a construção de calçamento da rua que inicia na PB-105 até o Loteamento Jardins de Bananeiras.</t>
   </si>
   <si>
     <t>Requerimento nº 142 de 2025</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando do mesmo a pavimentação do trecho restante na avenida Erlie Amorim ligando a pavimentação que dá acesso a chã do Lindolfo.</t>
   </si>
   <si>
     <t>Requerimento nº 143 de 2025</t>
   </si>
   <si>
     <t>Requeiro que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando do mesmo a ampliação da distribuição da sopa, no Bairro Conjunto Major Augusto Bezerra Cavalcante.</t>
   </si>
   <si>
     <t>Requerimento nº 144 de 2025</t>
   </si>
   <si>
     <t>Requeiro que seja enviado ofício ao Exmo.sr. prefeito solicitando a instalação de aparelhos de ginástica ao ar livre no Bananeiras Park para ser utilizada como área de exercícios para aquela população do conjunto Major Augusto Bezerra Cavalcante.</t>
   </si>
   <si>
     <t>Requerimento nº 145 de 2025</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando a contratação de um profissional para interpretar libras, visando atender na Secretária de Saúde, a fim de garantir o atendimento eficiente e igualitário.</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 5 de 2025</t>
+  </si>
+  <si>
+    <t>Marcelo Bezerra</t>
+  </si>
+  <si>
+    <t>O vereador, abaixo assinado requer a Vossa Excelência ouvida a Casa, e na forma Regimental dessa Casa de Leis, nos termos do artigo 130, vem propor MOÇÃO DE PESAR pelo falecimento do Senhor “EXPEDITO LUIS DO NASCIMENTO”, ocorrido em 06 de outubro do corrente ano.</t>
+  </si>
+  <si>
+    <t>Proposição retirada da Ordem do Dia</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 6 de 2025</t>
+  </si>
+  <si>
+    <t>Todos Vereadores - Parlamentares</t>
+  </si>
+  <si>
+    <t>Os vereadores, abaixo assinado requerem a Vossa Excelência ouvida a Casa, e na forma Regimental dessa Casa de Leis, nos termos do artigo 130, vem propor MOÇÃO DE PESAR pelo falecimento do Senhor “VALDEMAR REINALDO DE ARAÚJO”, ocorrido em 13 de outubro do corrente ano.</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Requerimento nº 146 de 2025</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado ofício ao Exmo. Sr. Prefeito, solicitando um estudo de viabilidade econômica, visando implantar gratificação de produtividade aos servidores lotados na Secretaria de Receita do município de Bananeiras, conforme a Lei nº 472-2010.</t>
+  </si>
+  <si>
+    <t>Proposição inclusa no Expediente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -411,202 +477,402 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F7"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="27.140625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="32.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>2161</v>
+        <v>2146</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>2162</v>
+        <v>2147</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>2163</v>
+        <v>2148</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>2164</v>
+        <v>2149</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>2165</v>
+        <v>2150</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>2166</v>
+        <v>2161</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>2162</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>2163</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>2164</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>2165</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>2166</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>2168</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>2169</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>2167</v>
+      </c>
+      <c r="B15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>2168</v>
+      </c>
+      <c r="B16" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" t="s">
+        <v>35</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>2169</v>
+      </c>
+      <c r="B17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>